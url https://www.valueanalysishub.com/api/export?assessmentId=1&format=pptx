--- v0 (2025-11-13)
+++ v1 (2026-01-15)
@@ -1464,51 +1464,51 @@
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="4572000"/>
             <a:ext cx="8229600" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" indent="0" marL="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="6B7280"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>Generated on 11/13/2025</a:t>
+              <a:t>Generated on 1/15/2026</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1400" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld name="Slide 2">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>