--- v1 (2026-01-15)
+++ v2 (2026-03-01)
@@ -1464,51 +1464,51 @@
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="4572000"/>
             <a:ext cx="8229600" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" indent="0" marL="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="6B7280"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>Generated on 1/15/2026</a:t>
+              <a:t>Generated on 3/1/2026</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1400" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld name="Slide 2">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>